--- v0 (2026-01-14)
+++ v1 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="56">
   <si>
     <t xml:space="preserve">Tissue Program Composite Sample ATR98-2 data </t>
   </si>
   <si>
-    <t xml:space="preserve">Generated from the RAMP website (www.ramp-alberta.org) on 14 Jan 2026</t>
+    <t xml:space="preserve">Generated from the RAMP website (www.ramp-alberta.org) on 01 Mar 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Parameter</t>
   </si>
   <si>
     <t xml:space="preserve">Detection Limit</t>
   </si>
   <si>
     <t xml:space="preserve">Result</t>
   </si>
   <si>
     <t xml:space="preserve">Method</t>
   </si>
   <si>
     <t xml:space="preserve">File Reference</t>
   </si>
   <si>
     <t xml:space="preserve">Acenaphthene (mg/kg)</t>
   </si>
   <si>
     <t xml:space="preserve">&lt;0.02</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>